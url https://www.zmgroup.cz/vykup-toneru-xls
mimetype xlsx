--- v0 (2025-10-30)
+++ v1 (2026-02-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="329">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="328">
   <si>
     <t>Tonerové kazety</t>
   </si>
   <si>
     <t>Výrobce</t>
   </si>
   <si>
     <t>Typ</t>
   </si>
   <si>
     <t>OEM označení</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Brother</t>
   </si>
   <si>
     <t>TN 2000</t>
   </si>
   <si>
     <t>5 Kč</t>
   </si>
   <si>
@@ -203,402 +203,399 @@
   <si>
     <t>W1106A</t>
   </si>
   <si>
     <t>HP Color LaserJet Pro M454, MFP M479</t>
   </si>
   <si>
     <t>W2030A</t>
   </si>
   <si>
     <t>W2031A</t>
   </si>
   <si>
     <t>W2032A</t>
   </si>
   <si>
     <t>W2033A</t>
   </si>
   <si>
     <t>HP CLJ Pro M454/M479/Canon MF742/744/746</t>
   </si>
   <si>
     <t>W2030X/Canon055H/black/7500K</t>
   </si>
   <si>
+    <t>HP CLJ Pro M454/M479/Canon MF742/744/747</t>
+  </si>
+  <si>
+    <t>W2031X/Canon055H/cyan/7500K</t>
+  </si>
+  <si>
+    <t>HP CLJ Pro M454/M479/Canon MF742/744/748</t>
+  </si>
+  <si>
+    <t>W2032X/Canon055H/yellow/7500K</t>
+  </si>
+  <si>
+    <t>HP CLJ Pro M454/M479/Canon MF742/744/749</t>
+  </si>
+  <si>
+    <t>W2033X/Canon055H/magenta/7500K</t>
+  </si>
+  <si>
+    <t>HP LJ 149A Pro 4002dn</t>
+  </si>
+  <si>
+    <t>W1490A</t>
+  </si>
+  <si>
+    <t>100 Kč</t>
+  </si>
+  <si>
+    <t>HP LJ 149X Pro 4002dn</t>
+  </si>
+  <si>
+    <t>W1490X</t>
+  </si>
+  <si>
+    <t>250 Kč</t>
+  </si>
+  <si>
+    <t>HP 207A, CLJ Pro M255/M282/M283</t>
+  </si>
+  <si>
+    <t>W2210A</t>
+  </si>
+  <si>
+    <t>HP 207A, CLJ Pro M255/M282/M284</t>
+  </si>
+  <si>
+    <t>W2211A</t>
+  </si>
+  <si>
+    <t>HP 207A, CLJ Pro M255/M282/M285</t>
+  </si>
+  <si>
+    <t>W2212A</t>
+  </si>
+  <si>
+    <t>HP 207A, CLJ Pro M255/M282/M286</t>
+  </si>
+  <si>
+    <t>W2213A</t>
+  </si>
+  <si>
+    <t>HP 207A, CLJ Pro M255/M282/M287</t>
+  </si>
+  <si>
+    <t>W2210X</t>
+  </si>
+  <si>
+    <t>HP 207A, CLJ Pro M255/M282/M288</t>
+  </si>
+  <si>
+    <t>W2211X</t>
+  </si>
+  <si>
+    <t>HP 207A, CLJ Pro M255/M282/M289</t>
+  </si>
+  <si>
+    <t>W2212X</t>
+  </si>
+  <si>
+    <t>HP 207A, CLJ Pro M255/M282/M290</t>
+  </si>
+  <si>
+    <t>W2213X</t>
+  </si>
+  <si>
+    <t>HP 17A, LJ M102/M130</t>
+  </si>
+  <si>
+    <t>CF217A/CRG047</t>
+  </si>
+  <si>
+    <t>LJ Pro M227</t>
+  </si>
+  <si>
+    <t>CF230A/CRG051</t>
+  </si>
+  <si>
+    <t>LJ MFP M227sdn,227fdw,M203dw</t>
+  </si>
+  <si>
+    <t>CF230X/CRG051H</t>
+  </si>
+  <si>
+    <t>LJ M4555 MFP</t>
+  </si>
+  <si>
+    <t>CE390A</t>
+  </si>
+  <si>
+    <t>25 Kč</t>
+  </si>
+  <si>
+    <t>CE390X</t>
+  </si>
+  <si>
+    <t>40 Kč</t>
+  </si>
+  <si>
+    <t>CLJ 1215/1515 - nestartovací</t>
+  </si>
+  <si>
+    <t>CB540A</t>
+  </si>
+  <si>
+    <t>CB541A</t>
+  </si>
+  <si>
+    <t>CB542A</t>
+  </si>
+  <si>
+    <t>CB543A</t>
+  </si>
+  <si>
+    <t>CLJ CP2025 - nestartovací</t>
+  </si>
+  <si>
+    <t>CC530A</t>
+  </si>
+  <si>
+    <t>CC531A</t>
+  </si>
+  <si>
+    <t>CC532A</t>
+  </si>
+  <si>
+    <t>CC533A</t>
+  </si>
+  <si>
+    <t>CLJ 3600/3800</t>
+  </si>
+  <si>
+    <t>Q6470A</t>
+  </si>
+  <si>
+    <t>Q6471A/Q7581A</t>
+  </si>
+  <si>
+    <t>Q6472A/Q7582A</t>
+  </si>
+  <si>
+    <t>Q6473A/Q7583A</t>
+  </si>
+  <si>
+    <t>CLJ 4700</t>
+  </si>
+  <si>
+    <t>Q5950A/CB400A</t>
+  </si>
+  <si>
+    <t>Q5951A/CB401A</t>
+  </si>
+  <si>
+    <t>Q5952A/CB402A</t>
+  </si>
+  <si>
+    <t>Q5953A/CB403A</t>
+  </si>
+  <si>
+    <t>CLJ 4730</t>
+  </si>
+  <si>
+    <t>Q6460A</t>
+  </si>
+  <si>
+    <t>Q6461A</t>
+  </si>
+  <si>
+    <t>Q6462A</t>
+  </si>
+  <si>
+    <t>Q6463A</t>
+  </si>
+  <si>
+    <t>CLJ CP1025</t>
+  </si>
+  <si>
+    <t>CE310A</t>
+  </si>
+  <si>
+    <t>CE311A</t>
+  </si>
+  <si>
+    <t>CE312A</t>
+  </si>
+  <si>
+    <t>CE313A</t>
+  </si>
+  <si>
+    <t>CLJ M351</t>
+  </si>
+  <si>
+    <t>CE410X</t>
+  </si>
+  <si>
+    <t>CE410A</t>
+  </si>
+  <si>
+    <t>CE411A</t>
+  </si>
+  <si>
+    <t>CE412A</t>
+  </si>
+  <si>
+    <t>CE413A</t>
+  </si>
+  <si>
+    <t>ES8451</t>
+  </si>
+  <si>
+    <t>CF380X</t>
+  </si>
+  <si>
+    <t>CF380A</t>
+  </si>
+  <si>
+    <t>CF381A</t>
+  </si>
+  <si>
+    <t>CF382A</t>
+  </si>
+  <si>
+    <t>CF383A</t>
+  </si>
+  <si>
+    <t>LJ CP1525</t>
+  </si>
+  <si>
+    <t>CE320A</t>
+  </si>
+  <si>
+    <t>CE321A</t>
+  </si>
+  <si>
+    <t>CE322A</t>
+  </si>
+  <si>
+    <t>CE323A</t>
+  </si>
+  <si>
+    <t>LaserJet Pro P1102 - nestartovací</t>
+  </si>
+  <si>
+    <t>CE285A</t>
+  </si>
+  <si>
+    <t>LaserJet P1566/1606 - nestartovací</t>
+  </si>
+  <si>
+    <t>CE278A</t>
+  </si>
+  <si>
+    <t>LaserJet Pro MFP M125nw</t>
+  </si>
+  <si>
+    <t>CF283A</t>
+  </si>
+  <si>
+    <t>LJ Pro MFP M125nw</t>
+  </si>
+  <si>
+    <t>CF283X</t>
+  </si>
+  <si>
+    <t>LJ MFP M527</t>
+  </si>
+  <si>
+    <t>CF287A</t>
+  </si>
+  <si>
+    <t>CF287X</t>
+  </si>
+  <si>
+    <t>LJE M607/M608</t>
+  </si>
+  <si>
+    <t>CF237A</t>
+  </si>
+  <si>
+    <t>LJE M608/M609</t>
+  </si>
+  <si>
+    <t>CF237X</t>
+  </si>
+  <si>
+    <t>LJ 1000/1005w/1200/3300/3380</t>
+  </si>
+  <si>
+    <t>C7115X</t>
+  </si>
+  <si>
+    <t>LJ 1010/1012/1015</t>
+  </si>
+  <si>
+    <t>Q2612A</t>
+  </si>
+  <si>
+    <t>LJ 1160/1320</t>
+  </si>
+  <si>
+    <t>Q5949A</t>
+  </si>
+  <si>
+    <t>1 Kč</t>
+  </si>
+  <si>
+    <t>Q5949X</t>
+  </si>
+  <si>
+    <t>LJ 1300</t>
+  </si>
+  <si>
+    <t>Q2613X</t>
+  </si>
+  <si>
+    <t>LJ 2100</t>
+  </si>
+  <si>
+    <t>C4096A</t>
+  </si>
+  <si>
+    <t>LJ 2400/2420</t>
+  </si>
+  <si>
+    <t>Q6511A</t>
+  </si>
+  <si>
+    <t>Q6511X</t>
+  </si>
+  <si>
     <t>50 Kč</t>
-  </si>
-[...349 lines deleted...]
-    <t>Q6511X</t>
   </si>
   <si>
     <t>LJ 3015</t>
   </si>
   <si>
     <t>CE255A</t>
   </si>
   <si>
     <t>CE255X</t>
   </si>
   <si>
     <t>LJ 4200</t>
   </si>
   <si>
     <t>Q1338A</t>
   </si>
   <si>
     <t>150 Kč</t>
   </si>
   <si>
     <t>LJ 4250/4350</t>
   </si>
   <si>
     <t>Q5942A</t>
   </si>
@@ -1871,2279 +1868,2279 @@
     <row r="35" spans="1:4">
       <c r="A35" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>60</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>62</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>63</v>
+        <v>7</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B37" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C37" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="C37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" s="4" t="s">
-        <v>63</v>
+        <v>7</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B38" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C38" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="C38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" s="4" t="s">
-        <v>63</v>
+        <v>7</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B39" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C39" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="C39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39" s="4" t="s">
-        <v>63</v>
+        <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B40" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C40" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="C40" s="3" t="s">
+      <c r="D40" s="4" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B41" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="C41" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="C41" s="3" t="s">
+      <c r="D41" s="4" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B42" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C42" s="3" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B43" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C43" s="3" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B44" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C44" s="3" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B45" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C45" s="3" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B46" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C46" s="3" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B47" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C47" s="3" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B48" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C48" s="3" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B49" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C49" s="3" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B50" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="C50" s="3" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B51" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="C51" s="3" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B52" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C52" s="3" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B53" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C53" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="C53" s="3" t="s">
+      <c r="D53" s="4" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C54" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D54" s="4" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="C55" s="3" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B59" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C59" s="3" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B63" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="C63" s="3" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B67" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="C67" s="3" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B71" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C71" s="3" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B75" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="C75" s="3" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B79" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="C79" s="3" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B84" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C84" s="3" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B89" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="C89" s="3" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B93" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C93" s="3" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B94" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="C94" s="3" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B95" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="C95" s="3" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B96" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="C96" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="C96" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D96" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B97" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C97" s="3" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>161</v>
+        <v>7</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B103" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="D103" s="4" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B108" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C108" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="C108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D108" s="4" t="s">
-        <v>63</v>
+        <v>179</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B109" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C109" s="3" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B111" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="C111" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="C111" s="3" t="s">
+      <c r="D111" s="4" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B112" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="C112" s="3" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B114" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="C114" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="C114" s="3" t="s">
+      <c r="D114" s="4" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B115" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C115" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="C115" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D115" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B116" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="C116" s="3" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B117" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="C117" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="C117" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D117" s="4" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B121" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C121" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="C121" s="3" t="s">
+      <c r="D121" s="4" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B125" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="C125" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="C125" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D125" s="4" t="s">
-        <v>63</v>
+        <v>179</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B126" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="C126" s="3" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B127" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="C127" s="3" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B128" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="C128" s="3" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B129" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="C129" s="3" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B131" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="C131" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="C131" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D131" s="4" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B133" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="C133" s="3" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B135" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="C135" s="3" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B137" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="C137" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="C137" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D137" s="4" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B139" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="C139" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="C139" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D139" s="4" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="D140" s="4" t="s">
-        <v>7</v>
+        <v>47</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B141" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="C141" s="3" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>63</v>
+        <v>7</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C143" s="3" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="D143" s="4" t="s">
-        <v>63</v>
+        <v>7</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="D144" s="4" t="s">
-        <v>63</v>
+        <v>7</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B145" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="C145" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="C145" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D145" s="4" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="D146" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C147" s="3" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="D147" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D148" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B150" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="C150" s="3" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="C153" s="3" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B154" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="C154" s="3" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B155" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="C155" s="3" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B156" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="C156" s="3" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B157" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="C157" s="3" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B158" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="C158" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="C158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D158" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C161" s="3" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="D161" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B162" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="C162" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="C162" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D162" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B163" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="C163" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="C163" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D163" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B164" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="C164" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="C164" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D164" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B165" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="C165" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="C165" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D165" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B166" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="C166" s="3" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B167" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="C167" s="3" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B168" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="C168" s="3" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B169" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="C169" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="C169" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D169" s="4" t="s">
-        <v>102</v>
+        <v>7</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B170" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="C170" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="C170" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D170" s="4" t="s">
-        <v>102</v>
+        <v>7</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B171" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="C171" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="C171" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D171" s="4" t="s">
-        <v>102</v>
+        <v>7</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B172" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="C172" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="C172" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D172" s="4" t="s">
-        <v>102</v>
+        <v>7</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B173" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="C173" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="C173" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D173" s="4" t="s">
-        <v>37</v>
+        <v>7</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B174" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="C174" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="C174" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D174" s="4" t="s">
-        <v>37</v>
+        <v>7</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B175" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="C175" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="C175" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D175" s="4" t="s">
-        <v>37</v>
+        <v>7</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B176" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="C176" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="C176" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D176" s="4" t="s">
-        <v>37</v>
+        <v>7</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B177" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="C177" s="3" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B178" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="C178" s="3" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="B179" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="B179" s="3" t="s">
+      <c r="C179" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="C179" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D179" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="3" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="B180" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="C180" s="3" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="3" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="B181" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="C181" s="3" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B182" s="3" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="C182" s="3"/>
       <c r="D182" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="3" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B183" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="C183" s="3" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="3" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B184" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="C184" s="3" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="B185" s="3" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="C185" s="3"/>
       <c r="D185" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="B186" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="B186" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C186" s="3" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="D186" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="B187" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="B187" s="3" t="s">
+      <c r="C187" s="3" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="3" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="B188" s="3">
         <v>1710</v>
       </c>
       <c r="C188" s="3"/>
       <c r="D188" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="3" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="B189" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="C189" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="C189" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D189" s="4" t="s">
-        <v>63</v>
+        <v>179</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="3" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="C190" s="3"/>
       <c r="D190" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="3" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="B191" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="C191" s="3" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="3" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="C192" s="3"/>
       <c r="D192" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="3" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="B193" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="C193" s="3" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="3" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="C194" s="3"/>
       <c r="D194" s="4" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="3" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="B195" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="C195" s="3" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="B196" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="B196" s="3" t="s">
+      <c r="C196" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="C196" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D196" s="4" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>